--- v0 (2025-12-21)
+++ v1 (2026-02-07)
@@ -1,42 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="7D80FF60" w14:textId="77777777" w:rsidR="00243B69" w:rsidRPr="0064746E" w:rsidRDefault="00243B69" w:rsidP="0064746E">
       <w:pPr>
         <w:pStyle w:val="afffa"/>
         <w:spacing w:before="240" w:after="0" w:line="520" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:cstheme="majorBidi"/>
           <w:kern w:val="52"/>
           <w:sz w:val="32"/>
           <w:lang w:eastAsia="zh-TW"/>
@@ -1612,71 +1613,51 @@
       <w:r w:rsidR="00D83BC7" w:rsidRPr="00D47A9A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"p0JZT7lG","properties":{"formattedCitation":"(Dev et al., 2020; Stewart &amp; Niero, 2018)","plainCitation":"(Dev et al., 2020; Stewart &amp; Niero, 2018)","dontUpdate":true,"noteIndex":0},"citationItems":[{"id":964,"uris":["http://zotero.org/users/local/Alzi7ROo/items/PD8AHYAJ"],"itemData":{"id":964,"type":"article-journal","abstract":"The present research proposes a roadmap to the excellence of operations for sustainable reverse supply chain/logistics by the joint implementation of principles of Industry 4.0 (I4.0) and ReSOLVE model of circular economy (CE) approaches. The connection between I4.0 and CE is unveiled by addressing the case-based model affecting the economic and environmental performances imparting two important dimensions: (i) the information sharing with the reverse logistics system is in real-time mode, and (ii) diffusion of green product in the market. The effectiveness of the virtual world in I4.0 environment is explored using simulation of reverse logistics model involving operations such as inventory and production planning policy, family-based dispatching rules of remanufacturing, and additive manufacturing. The remanufacturing model examines the trade-off between set-up delays and the availability of green transportation. For managerial insights, Taguchi experimental design framework has been used for the analysis. Based on the trade-off analysis between environmental and economic performances, the findings of the paper suggest appropriate combinations of information-sharing and family-based dispatching rules. Further, the findings suggest that, given the I4.0 and circular capabilities, it is necessary to focus on the cost of the socially influenced operations involving factors such as collection investment and size of the end-user market that governs the product returns. Therefore, in the present paper, the integration of I4.0 and CE represents a real-time decision model for the sustainable reverse logistics system. © 2019 Elsevier B.V.","container-title":"Resources, Conservation and Recycling","DOI":"10.1016/j.resconrec.2019.104583","ISSN":"09213449","language":"English","note":"publisher: Elsevier B.V.\ntype: Article","title":"Industry 4.0 and circular economy: Operational excellence for sustainable reverse supply chain performance","URL":"https://www.scopus.com/inward/record.uri?eid=2-s2.0-85075058351&amp;doi=10.1016%2fj.resconrec.2019.104583&amp;partnerID=40&amp;md5=c216612fd4c98370f181e631277c950d","volume":"153","author":[{"family":"Dev","given":"Navin K."},{"family":"Shankar","given":"Ravi"},{"family":"Qaiser","given":"Fahham Hasan"}],"issued":{"date-parts":[["2020"]]}}},{"id":3017,"uris":["http://zotero.org/users/local/Alzi7ROo/items/GGAPX97V"],"itemData":{"id":3017,"type":"article-journal","abstract":"Abstract\n            Despite the increasing interest of business and academic research toward Circular Economy, the investigation of its uptake by industry remains limited. To contribute to filling this gap, we perform a systematic review of 46 corporate sustainability reports in the Fast‐Moving Consumer Goods sector aiming to explore how companies incorporate the Circular Economy concept in their sustainability agenda. We focus on (i) companies’ uptake of Circular Economy, (ii) the relationship between Circular Economy and sustainability and (iii) the Circular Economy practices presented. Our results show that Circular Economy has started to be integrated into the corporate sustainability agenda. Most reported activities are oriented toward the main product and packaging, focusing on end‐of‐life management and sourcing strategies, and to a lesser extent on circular product design and business model strategies. Most identified collaborations are with businesses, whereas initiatives addressing consumers are largely missing although considered critical for the transition toward Circular Economy.","container-title":"Business Strategy and the Environment","DOI":"10.1002/bse.2048","ISSN":"0964-4733, 1099-0836","issue":"7","journalAbbreviation":"Bus Strat Env","language":"en","page":"1005-1022","source":"DOI.org (Crossref)","title":"Circular economy in corporate sustainability strategies: A review of corporate sustainability reports in the fast‐moving consumer goods sector","title-short":"Circular economy in corporate sustainability strategies","volume":"27","author":[{"family":"Stewart","given":"Raphaëlle"},{"family":"Niero","given":"Monia"}],"issued":{"date-parts":[["2018",11]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
       </w:r>
       <w:r w:rsidR="00D83BC7" w:rsidRPr="00D47A9A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008809A9" w:rsidRPr="00D47A9A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dev et al., 2019; Stewart &amp; </w:t>
-[...19 lines deleted...]
-        <w:t>, 2018</w:t>
+        <w:t>Dev et al., 2019; Stewart &amp; Niero, 2018</w:t>
       </w:r>
       <w:r w:rsidR="00D83BC7" w:rsidRPr="00D47A9A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D83BC7" w:rsidRPr="00D47A9A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DE25EC" w:rsidRPr="00D47A9A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
@@ -6952,51 +6933,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> individual challenges a</w:t>
       </w:r>
       <w:r w:rsidR="00636098">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3785">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> opportunities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBFD4CE" w14:textId="799B57C6" w:rsidR="00ED53C8" w:rsidRDefault="002870F6" w:rsidP="00824E69">
+    <w:p w14:paraId="5CBFD4CE" w14:textId="5088BC4F" w:rsidR="00ED53C8" w:rsidRDefault="002870F6" w:rsidP="00824E69">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="520"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3785">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">To fill this gap, the present study </w:t>
       </w:r>
       <w:r w:rsidR="00636098">
         <w:rPr>
           <w:noProof/>
@@ -7256,105 +7237,166 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">observable indicators. The paper contributes to a better understanding of the factors influencing the economic growth of the textile industry in Morocco through this rigorous methodological approach, </w:t>
       </w:r>
       <w:r w:rsidR="00636098">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>providing valuable insights at</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3785">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> both theoretical and policy levels.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24FF8DE7" w14:textId="45F66307" w:rsidR="00B43EA0" w:rsidRPr="005343E2" w:rsidRDefault="00B43EA0" w:rsidP="00DB6498">
+    <w:p w14:paraId="28AD0A2D" w14:textId="77777777" w:rsidR="00E80A64" w:rsidRDefault="00E80A64" w:rsidP="00824E69">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="520"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1DFF53" w14:textId="77777777" w:rsidR="00E80A64" w:rsidRDefault="00E80A64">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FF8DE7" w14:textId="116C3445" w:rsidR="00B43EA0" w:rsidRPr="005343E2" w:rsidRDefault="00B43EA0" w:rsidP="00DB6498">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E966AC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Table 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00337D42">
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E966AC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00337D42">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3785">
         <w:rPr>
           <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005343E2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Latent and </w:t>
+        <w:t>Latent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005343E2">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00337D42" w:rsidRPr="005343E2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Observable Variables Extracted from the Literature Review</w:t>
       </w:r>
       <w:r w:rsidR="00337D42">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -7646,51 +7688,51 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00337D42">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00337D42">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"u8RRVgiX","properties":{"formattedCitation":"(Bassi &amp; Dias, 2020; Brown &amp; Bajada, 2018; Pagoropoulos et al., 2017)","plainCitation":"(Bassi &amp; Dias, 2020; Brown &amp; Bajada, 2018; Pagoropoulos et al., 2017)","dontUpdate":true,"noteIndex":0},"citationItems":[{"id":3030,"uris":["http://zotero.org/users/local/Alzi7ROo/items/2CAEB6MB"],"itemData":{"id":3030,"type":"article-journal","abstract":"Abstract\n            This paper focuses on the implementation of circular economy (CE) practices in small‐ and medium‐sized firms in all 28 European Union (EU) countries. The analyses take into account the hierarchical nature of the collected data as firms are nested within EU countries, that is, the heterogeneity between different types of firms and countries according to practices and attitudes towards CE. The multilevel latent class model identifies groups of firms and groups of EU countries that are homogeneous in terms of CE, that is, how the homogeneous groups of small‐ and medium‐sized enterprises (SMEs) are distributed across the groups of EU countries. These results, together with the fact that firms with similar CE attitudes and practices have different demographic and business profiles across groups of countries, shed further light on the topic of green behavior in the EU with implications for businesses' environmental policies. Moreover, indications emerge that European policies favoring the implementation of CE practices should be targeted at least for subgroups of European countries, considering the different composition by typology of SMEs operating in their territories and that, at the same time, policies should be defined within each group of countries to account for the specific features of each of the four classes of SMEs.","container-title":"Business Strategy and the Environment","DOI":"10.1002/bse.2518","ISSN":"0964-4733, 1099-0836","issue":"6","journalAbbreviation":"Bus Strat Env","language":"en","page":"2528-2541","source":"DOI.org (Crossref)","title":"Sustainable development of small‐ and medium‐sized enterprises in the European Union: A taxonomy of circular economy practices","title-short":"Sustainable development of small‐ and medium‐sized enterprises in the European Union","volume":"29","author":[{"family":"Bassi","given":"Francesca"},{"family":"Dias","given":"José G."}],"issued":{"date-parts":[["2020",9]]}}},{"id":3032,"uris":["http://zotero.org/users/local/Alzi7ROo/items/J6Y6L7ZB"],"itemData":{"id":3032,"type":"article-journal","container-title":"Business Strategy and the Environment","issue":"5","note":"publisher: Wiley Online Library","page":"643–655","source":"Google Scholar","title":"An economic model of circular supply network dynamics: Toward an understanding of performance measurement in the context of multiple stakeholders","title-short":"An economic model of circular supply network dynamics","volume":"27","author":[{"family":"Brown","given":"Paul James"},{"family":"Bajada","given":"Christopher"}],"issued":{"date-parts":[["2018"]]}}},{"id":38,"uris":["http://zotero.org/users/local/Alzi7ROo/items/EWV3JLLJ"],"itemData":{"id":38,"type":"article-journal","container-title":"Procedia CIRP","note":"publisher: Elsevier","page":"19–24","source":"Google Scholar","title":"The emergent role of digital technologies in the Circular Economy: A review","title-short":"The emergent role of digital technologies in the Circular Economy","volume":"64","author":[{"family":"Pagoropoulos","given":"Aris"},{"family":"Pigosso","given":"Daniela CA"},{"family":"McAloone","given":"Tim C."}],"issued":{"date-parts":[["2017"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2A52">
+            <w:r w:rsidR="00E026E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00337D42">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00337D42">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9891,51 +9933,51 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00337D42">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00337D42">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> ADDIN ZOTERO_ITEM CSL_CITATION {"citationID":"TTVuegtX","properties":{"formattedCitation":"(Kirkwood &amp; Walton, 2014; Kusi-Sarpong et al., 2015; Stec &amp; Zwolinski, 2018)","plainCitation":"(Kirkwood &amp; Walton, 2014; Kusi-Sarpong et al., 2015; Stec &amp; Zwolinski, 2018)","dontUpdate":true,"noteIndex":0},"citationItems":[{"id":3224,"uris":["http://zotero.org/users/local/Alzi7ROo/items/QRD524QV"],"itemData":{"id":3224,"type":"article-journal","container-title":"Australasian Journal of Environmental Management","DOI":"10.1080/14486563.2014.880384","ISSN":"1448-6563, 2159-5356","issue":"1","journalAbbreviation":"Australasian Journal of Environmental Management","language":"en","page":"37-51","source":"DOI.org (Crossref)","title":"How green is green? Ecopreneurs balancing environmental concerns and business goals","title-short":"How green is green?","volume":"21","author":[{"family":"Kirkwood","given":"J."},{"family":"Walton","given":"S."}],"issued":{"date-parts":[["2014",1,2]]}}},{"id":3225,"uris":["http://zotero.org/users/local/Alzi7ROo/items/FFYZKTBL"],"itemData":{"id":3225,"type":"article-journal","container-title":"Resources Policy","note":"publisher: Elsevier","page":"86–100","source":"Google Scholar","title":"Green supply chain practices evaluation in the mining industry using a joint rough sets and fuzzy TOPSIS methodology","volume":"46","author":[{"family":"Kusi-Sarpong","given":"Simonov"},{"family":"Bai","given":"Chunguang"},{"family":"Sarkis","given":"Joseph"},{"family":"Wang","given":"Xuping"}],"issued":{"date-parts":[["2015"]]}}},{"id":3222,"uris":["http://zotero.org/users/local/Alzi7ROo/items/TVTSLQ48"],"itemData":{"id":3222,"type":"article-journal","container-title":"Procedia CIRP","note":"publisher: Elsevier","page":"805–809","source":"Google Scholar","title":"Using values management for shifting companies to circular economy","volume":"69","author":[{"family":"Stec","given":"Tomasz"},{"family":"Zwolinski","given":"Peggy"}],"issued":{"date-parts":[["2018"]]}}}],"schema":"https://github.com/citation-style-language/schema/raw/master/csl-citation.json"} </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2A52">
+            <w:r w:rsidR="00E026E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00337D42">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00337D42">
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -20613,51 +20655,72 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="454D0B0F" w14:textId="3809634C" w:rsidR="00686B07" w:rsidRDefault="00686B07" w:rsidP="00824E69">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:ind w:left="521" w:hangingChars="200" w:hanging="521"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A3785">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>H2:</w:t>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80A64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3785">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3785">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Environmental Sustainability Initiatives (ESI) </w:t>
       </w:r>
       <w:r w:rsidR="00636098">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>have a positive</w:t>
       </w:r>
       <w:r w:rsidRPr="009A3785">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> impact </w:t>
       </w:r>
@@ -31019,56 +31082,65 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>REFERENCE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2B4E3C" w14:textId="77777777" w:rsidR="009807BB" w:rsidRPr="0064746E" w:rsidRDefault="009807BB" w:rsidP="00824E69">
       <w:pPr>
         <w:pStyle w:val="EndNoteBibliography"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLineChars="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069172C">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Abideen, A. Z., Pyeman, J., Sundram, V. P. K., Tseng, M.-L., &amp; </w:t>
+        <w:t>Abideen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069172C">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A. Z., Pyeman, J., Sundram, V. P. K., Tseng, M.-L., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0069172C">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Sorooshian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0069172C">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">, S. (2021). Leveraging capabilities of technology into a circular supply chain to build circular business models: A state-of-the-art systematic review. </w:t>
       </w:r>
       <w:r w:rsidRPr="0069172C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Sustainability, 13(16),</w:t>
@@ -34727,78 +34799,50 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId71" w:history="1">
         <w:r w:rsidRPr="00894D4D">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.rser.2017.01.011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3079D8DD" w14:textId="77777777" w:rsidR="009807BB" w:rsidRDefault="009807BB" w:rsidP="00B366EF">
-[...26 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4D8152AD" w14:textId="77777777" w:rsidR="009807BB" w:rsidRPr="0069172C" w:rsidRDefault="009807BB" w:rsidP="00824E69">
       <w:pPr>
         <w:pStyle w:val="EndNoteBibliography"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLineChars="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00570F51">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Ripanti, E. F., &amp; Tjahjono, B. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="0069172C">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -35679,51 +35723,51 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-AU" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AB33571" w14:textId="77777777" w:rsidR="000D6A8D" w:rsidRPr="0064746E" w:rsidRDefault="000D6A8D" w:rsidP="00570F51">
       <w:pPr>
         <w:pStyle w:val="EndNoteBibliography"/>
         <w:ind w:left="198" w:firstLineChars="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34F1F196" w14:textId="7C174119" w:rsidR="006840A2" w:rsidRPr="004C0180" w:rsidRDefault="006840A2" w:rsidP="004C0180">
+    <w:p w14:paraId="34F1F196" w14:textId="687387B9" w:rsidR="006840A2" w:rsidRPr="004C0180" w:rsidRDefault="006840A2" w:rsidP="004C0180">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="新細明體"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">Ms. </w:t>
       </w:r>
       <w:r w:rsidRPr="006840A2">
         <w:rPr>
           <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
@@ -35739,51 +35783,79 @@
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="004C0180">
         <w:rPr>
           <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">Corresponding </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">author) </w:t>
       </w:r>
       <w:r w:rsidR="00733A26" w:rsidRPr="00733A26">
         <w:rPr>
           <w:rFonts w:eastAsia="新細明體"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>is a PhD scholar in economics whose research focuses on economic analysis, supply chain management, and sustainable development, particularly green and circular economy practices. She holds an MBA from Beijing Technology and Business University, where she received the Best Master’s Thesis Award, and a bachelor’s degree in organization management. Her work integrates multi-criteria decision analysis, statistical modeling, and system dynamics to study the drivers of sustainability and circular supply chain transitions. She has earned multiple academic scholarships, presented at international conferences, and published research in Web of Science and Scopus-indexed journals.</w:t>
+        <w:t xml:space="preserve">is a PhD scholar in economics whose research focuses on economic analysis, supply chain management, and sustainable development, particularly green and circular economy practices. She holds an MBA from Beijing Technology and Business University, where she received the Best Master’s Thesis Award, and a bachelor’s degree in </w:t>
+      </w:r>
+      <w:r w:rsidR="00733A26" w:rsidRPr="00733A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>organization</w:t>
+      </w:r>
+      <w:r w:rsidR="00733A26" w:rsidRPr="00733A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> management. Her work integrates multi-criteria decision analysis, statistical modeling, and system dynamics to study </w:t>
+      </w:r>
+      <w:r w:rsidR="00733A26" w:rsidRPr="00733A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the drivers of </w:t>
+      </w:r>
+      <w:r w:rsidR="00733A26" w:rsidRPr="00733A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="新細明體"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>sustainability and circular supply chain transitions. She has earned multiple academic scholarships, presented at international conferences, and published research in Web of Science and Scopus-indexed journals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BABC1E7" w14:textId="77777777" w:rsidR="00DD3BCE" w:rsidRPr="00DD3BCE" w:rsidRDefault="00DD3BCE" w:rsidP="00DD3BCE">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="新細明體"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CC564A0" w14:textId="05A44FD8" w:rsidR="009F4CE7" w:rsidRDefault="00DD3BCE" w:rsidP="00DD3BCE">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD3BCE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -37043,256 +37115,392 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="新細明體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>To what extent does your company believe its activities positively contribute to the growth and development of the textile industry and by extension, the national economy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="055F329B" w14:textId="77777777" w:rsidR="009F4CE7" w:rsidRPr="009A3785" w:rsidRDefault="009F4CE7" w:rsidP="008A110A">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="新細明體"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009F4CE7" w:rsidRPr="009A3785" w:rsidSect="000417F9">
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId90"/>
+    <w:sectPr w:rsidR="009F4CE7" w:rsidRPr="009A3785" w:rsidSect="00703F00">
+      <w:headerReference w:type="even" r:id="rId88"/>
+      <w:headerReference w:type="default" r:id="rId89"/>
+      <w:footerReference w:type="default" r:id="rId90"/>
+      <w:headerReference w:type="first" r:id="rId91"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:pgNumType w:start="99"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04515F6F" w14:textId="77777777" w:rsidR="006C2A52" w:rsidRDefault="006C2A52" w:rsidP="00312B51">
+    <w:p w14:paraId="618E6B26" w14:textId="77777777" w:rsidR="00E026E5" w:rsidRDefault="00E026E5" w:rsidP="00312B51">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27050752" w14:textId="77777777" w:rsidR="006C2A52" w:rsidRDefault="006C2A52" w:rsidP="00312B51">
+    <w:p w14:paraId="48A1FC15" w14:textId="77777777" w:rsidR="00E026E5" w:rsidRDefault="00E026E5" w:rsidP="00312B51">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sabon">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
-    <w:altName w:val="DFKai-SB"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft JhengHei UI">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3B7BCCE9" w14:textId="58ED5251" w:rsidR="00510C57" w:rsidRDefault="00510C57">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1770D925" w14:textId="77777777" w:rsidR="00510C57" w:rsidRDefault="00510C57">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EB4CBF8" w14:textId="77777777" w:rsidR="006C2A52" w:rsidRDefault="006C2A52" w:rsidP="00312B51">
+    <w:p w14:paraId="66AA6232" w14:textId="77777777" w:rsidR="00E026E5" w:rsidRDefault="00E026E5" w:rsidP="00312B51">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1377DE4F" w14:textId="77777777" w:rsidR="006C2A52" w:rsidRDefault="006C2A52" w:rsidP="00312B51">
+    <w:p w14:paraId="7EEBF0A1" w14:textId="77777777" w:rsidR="00E026E5" w:rsidRDefault="00E026E5" w:rsidP="00312B51">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5B04AF38" w14:textId="419064E8" w:rsidR="00E80A64" w:rsidRPr="00E80A64" w:rsidRDefault="00E80A64" w:rsidP="00E80A64">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:rPr>
+        <w:kern w:val="2"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00332E9D">
+      <w:rPr>
+        <w:kern w:val="2"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00332E9D">
+      <w:rPr>
+        <w:kern w:val="2"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00332E9D">
+      <w:rPr>
+        <w:kern w:val="2"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="2"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:t>162</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00332E9D">
+      <w:rPr>
+        <w:kern w:val="2"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00332E9D">
+      <w:rPr>
+        <w:noProof/>
+        <w:kern w:val="2"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FA13888" wp14:editId="6702B4A9">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>146050</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5943600" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="直線接點 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5943600" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="797C1C94" id="直線接點 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,11.5pt" to="468pt,11.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnMqly2QEAAHEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0uOEzEQ3SNxB8t70p1ARkwrnVlkGDYD&#10;RJrhABXb3W3hdlm2k04uwQFAYscNkFhwH0bcgrLzmRnYIXph2VWvnqvec88utr1hG+WDRlvz8ajk&#10;TFmBUtu25u9vr5695CxEsBIMWlXznQr8Yv70yWxwlZpgh0Yqz4jEhmpwNe9idFVRBNGpHsIInbKU&#10;bND3EOno20J6GIi9N8WkLM+KAb10HoUKgaKX+ySfZ/6mUSK+a5qgIjM1p95iXn1eV2kt5jOoWg+u&#10;0+LQBvxDFz1oS5eeqC4hAlt7/RdVr4XHgE0cCewLbBotVJ6BphmXf0xz04FTeRYSJ7iTTOH/0Yq3&#10;m6VnWpJ3nFnoyaK7z9/uvn/6+fHrrx9f2DgpNLhQEXBhlz7NKLb2xl2j+BCYxUUHtlW509udo/Jc&#10;UTwqSYfg6J7V8AYlYWAdMcu1bXyfKEkIts2u7E6uqG1kgoLT8xfPz0oyTxxzBVTHQudDfK2wZ2lT&#10;c6NtEgwq2FyHSK0T9AhJYYtX2phsurFsqPn5dDLNBQGNlimZYMG3q4XxbAPp2eQv6UBkj2Ae11Zm&#10;sk6BfHXYR9Bmvye8sVR2nH+v5ArlbukTXYqTr5n48AbTw3l4zqj7P2X+GwAA//8DAFBLAwQUAAYA&#10;CAAAACEAFxrQLtoAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8h8hIXCaW0krT&#10;KE2nadAbFwYTV68xbUXjdE22FT49Rhzg5D/Peu/nYjW5Xp1oDJ1nA7fzBBRx7W3HjYHXl+pmCSpE&#10;ZIu9ZzLwSQFW5eVFgbn1Z36m0zY2Skw45GigjXHItQ51Sw7D3A/Eor370WGUcWy0HfEs5q7XaZIs&#10;tMOOJaHFgTYt1R/bozMQqh0dqq9ZPUvessZTenh4ekRjrq+m9T2oSFP8O4YffEGHUpj2/sg2qN6A&#10;PBINpJlUUe+yhTT734UuC/0fv/wGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZzKpctkB&#10;AABxAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFxrQ&#10;LtoAAAAGAQAADwAAAAAAAAAAAAAAAAAzBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;"/>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="00332E9D">
+      <w:rPr>
+        <w:kern w:val="2"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Contemporary Management Researc</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="715D77B3" w14:textId="59C69678" w:rsidR="00510C57" w:rsidRDefault="00510C57" w:rsidP="006512F2">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="006512F2">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29C5F2BC" wp14:editId="378DC014">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>164930</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5712737" cy="0"/>
               <wp:effectExtent l="0" t="0" r="21590" b="19050"/>
               <wp:wrapNone/>
@@ -37362,51 +37570,51 @@
     <w:r w:rsidRPr="006512F2">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="006512F2">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="006512F2">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="006512F2">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00C45B2C">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>223</w:t>
     </w:r>
     <w:r w:rsidRPr="006512F2">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="3686" w:type="dxa"/>
       <w:jc w:val="right"/>
       <w:tblBorders>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
         <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3686"/>
     </w:tblGrid>
     <w:tr w:rsidR="005D4BBE" w14:paraId="3E92D78B" w14:textId="77777777" w:rsidTr="00FB3E80">
       <w:trPr>
         <w:trHeight w:val="454"/>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3686" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="473E4AF9" w14:textId="77777777" w:rsidR="005D4BBE" w:rsidRPr="000417F9" w:rsidRDefault="005D4BBE" w:rsidP="005D4BBE">
@@ -37883,99 +38091,102 @@
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00312B51"/>
     <w:rsid w:val="00000985"/>
     <w:rsid w:val="000018C5"/>
     <w:rsid w:val="00001CAA"/>
     <w:rsid w:val="00002080"/>
     <w:rsid w:val="0000253E"/>
     <w:rsid w:val="000025E4"/>
     <w:rsid w:val="00005683"/>
     <w:rsid w:val="00006E41"/>
     <w:rsid w:val="00011412"/>
     <w:rsid w:val="00015664"/>
     <w:rsid w:val="000165CA"/>
     <w:rsid w:val="00016974"/>
     <w:rsid w:val="00016B03"/>
     <w:rsid w:val="00017FB9"/>
     <w:rsid w:val="000214D6"/>
     <w:rsid w:val="00021542"/>
     <w:rsid w:val="00024C35"/>
     <w:rsid w:val="0002711B"/>
     <w:rsid w:val="000275D4"/>
     <w:rsid w:val="00027D6D"/>
     <w:rsid w:val="00031CAD"/>
     <w:rsid w:val="000324CB"/>
+    <w:rsid w:val="00033660"/>
     <w:rsid w:val="000339D6"/>
     <w:rsid w:val="00033E7C"/>
     <w:rsid w:val="000342D7"/>
     <w:rsid w:val="00034B97"/>
     <w:rsid w:val="00035170"/>
     <w:rsid w:val="00035DE3"/>
     <w:rsid w:val="00036FD7"/>
     <w:rsid w:val="0003759D"/>
     <w:rsid w:val="000417F9"/>
     <w:rsid w:val="00041F68"/>
     <w:rsid w:val="000451FE"/>
     <w:rsid w:val="00050AB9"/>
     <w:rsid w:val="0005100E"/>
     <w:rsid w:val="000511F3"/>
     <w:rsid w:val="0005238A"/>
     <w:rsid w:val="00052D71"/>
     <w:rsid w:val="000532ED"/>
     <w:rsid w:val="00053CDC"/>
     <w:rsid w:val="00053FDC"/>
     <w:rsid w:val="00054C05"/>
+    <w:rsid w:val="00054F5B"/>
     <w:rsid w:val="00060228"/>
     <w:rsid w:val="00060BD2"/>
     <w:rsid w:val="00063ADD"/>
     <w:rsid w:val="00063FE2"/>
     <w:rsid w:val="000658F9"/>
     <w:rsid w:val="00065F6A"/>
     <w:rsid w:val="00066177"/>
     <w:rsid w:val="000668FF"/>
     <w:rsid w:val="00067235"/>
     <w:rsid w:val="00067FA1"/>
     <w:rsid w:val="00072136"/>
     <w:rsid w:val="0007376A"/>
     <w:rsid w:val="0007378B"/>
     <w:rsid w:val="00074E75"/>
     <w:rsid w:val="00075259"/>
     <w:rsid w:val="00075470"/>
     <w:rsid w:val="00076A92"/>
     <w:rsid w:val="00076C6B"/>
     <w:rsid w:val="000803DE"/>
     <w:rsid w:val="00080B79"/>
     <w:rsid w:val="000821AD"/>
     <w:rsid w:val="00082D6E"/>
     <w:rsid w:val="00083355"/>
     <w:rsid w:val="00083390"/>
     <w:rsid w:val="000841D8"/>
     <w:rsid w:val="000856CB"/>
     <w:rsid w:val="00085D56"/>
     <w:rsid w:val="00090B00"/>
     <w:rsid w:val="00096A08"/>
+    <w:rsid w:val="00096F40"/>
     <w:rsid w:val="000975FF"/>
     <w:rsid w:val="000A038A"/>
     <w:rsid w:val="000A376D"/>
     <w:rsid w:val="000A44C9"/>
     <w:rsid w:val="000A5B6C"/>
     <w:rsid w:val="000A6BAD"/>
     <w:rsid w:val="000B0D75"/>
     <w:rsid w:val="000B260E"/>
     <w:rsid w:val="000B2C98"/>
     <w:rsid w:val="000B2FC4"/>
     <w:rsid w:val="000B41C2"/>
     <w:rsid w:val="000B6119"/>
     <w:rsid w:val="000B732E"/>
     <w:rsid w:val="000C049F"/>
     <w:rsid w:val="000C0C09"/>
     <w:rsid w:val="000C0FEA"/>
     <w:rsid w:val="000C19ED"/>
     <w:rsid w:val="000C3199"/>
     <w:rsid w:val="000C5448"/>
     <w:rsid w:val="000C5B27"/>
     <w:rsid w:val="000C7ED3"/>
     <w:rsid w:val="000D11F3"/>
     <w:rsid w:val="000D14BC"/>
     <w:rsid w:val="000D31A9"/>
     <w:rsid w:val="000D421E"/>
@@ -38178,50 +38389,51 @@
     <w:rsid w:val="002642DE"/>
     <w:rsid w:val="002651B0"/>
     <w:rsid w:val="00265206"/>
     <w:rsid w:val="002658A2"/>
     <w:rsid w:val="00266046"/>
     <w:rsid w:val="0026782E"/>
     <w:rsid w:val="00271EDF"/>
     <w:rsid w:val="00272124"/>
     <w:rsid w:val="00273BB7"/>
     <w:rsid w:val="00276FD5"/>
     <w:rsid w:val="00277C45"/>
     <w:rsid w:val="00281B62"/>
     <w:rsid w:val="00281C89"/>
     <w:rsid w:val="002864B0"/>
     <w:rsid w:val="00286845"/>
     <w:rsid w:val="00286D5E"/>
     <w:rsid w:val="002870F6"/>
     <w:rsid w:val="002900BC"/>
     <w:rsid w:val="00290D2D"/>
     <w:rsid w:val="002919B2"/>
     <w:rsid w:val="002920ED"/>
     <w:rsid w:val="002933F8"/>
     <w:rsid w:val="00293AB1"/>
     <w:rsid w:val="00295050"/>
     <w:rsid w:val="00296F4B"/>
+    <w:rsid w:val="002A0BE2"/>
     <w:rsid w:val="002A0DA3"/>
     <w:rsid w:val="002A381B"/>
     <w:rsid w:val="002A4A08"/>
     <w:rsid w:val="002B1495"/>
     <w:rsid w:val="002B1B19"/>
     <w:rsid w:val="002B41C7"/>
     <w:rsid w:val="002B52A4"/>
     <w:rsid w:val="002B5C1E"/>
     <w:rsid w:val="002C1DF8"/>
     <w:rsid w:val="002C2507"/>
     <w:rsid w:val="002C31EE"/>
     <w:rsid w:val="002C3815"/>
     <w:rsid w:val="002C3D99"/>
     <w:rsid w:val="002C766A"/>
     <w:rsid w:val="002D1B6C"/>
     <w:rsid w:val="002D1BCE"/>
     <w:rsid w:val="002D27EA"/>
     <w:rsid w:val="002D48A8"/>
     <w:rsid w:val="002E03A9"/>
     <w:rsid w:val="002E0CBE"/>
     <w:rsid w:val="002E1B8E"/>
     <w:rsid w:val="002E2350"/>
     <w:rsid w:val="002E35FF"/>
     <w:rsid w:val="002E3E3E"/>
     <w:rsid w:val="002E51B7"/>
@@ -38273,50 +38485,51 @@
     <w:rsid w:val="00357548"/>
     <w:rsid w:val="003608B4"/>
     <w:rsid w:val="00361A80"/>
     <w:rsid w:val="00362B2E"/>
     <w:rsid w:val="0036347A"/>
     <w:rsid w:val="00363603"/>
     <w:rsid w:val="00363704"/>
     <w:rsid w:val="0036694A"/>
     <w:rsid w:val="003701F5"/>
     <w:rsid w:val="00370B8D"/>
     <w:rsid w:val="00371410"/>
     <w:rsid w:val="00372057"/>
     <w:rsid w:val="00372C65"/>
     <w:rsid w:val="003748A0"/>
     <w:rsid w:val="0037654E"/>
     <w:rsid w:val="00376FE8"/>
     <w:rsid w:val="00380611"/>
     <w:rsid w:val="0038084E"/>
     <w:rsid w:val="00383077"/>
     <w:rsid w:val="0038384B"/>
     <w:rsid w:val="003838DE"/>
     <w:rsid w:val="00385900"/>
     <w:rsid w:val="00386971"/>
     <w:rsid w:val="00386A66"/>
     <w:rsid w:val="00387653"/>
+    <w:rsid w:val="0038788E"/>
     <w:rsid w:val="003878FA"/>
     <w:rsid w:val="00391C1A"/>
     <w:rsid w:val="00391FB5"/>
     <w:rsid w:val="00393031"/>
     <w:rsid w:val="00393B90"/>
     <w:rsid w:val="00394E32"/>
     <w:rsid w:val="0039518B"/>
     <w:rsid w:val="00396BA5"/>
     <w:rsid w:val="00396D33"/>
     <w:rsid w:val="003A0CA9"/>
     <w:rsid w:val="003A0EFA"/>
     <w:rsid w:val="003A1188"/>
     <w:rsid w:val="003A1C72"/>
     <w:rsid w:val="003A6A00"/>
     <w:rsid w:val="003B2BEC"/>
     <w:rsid w:val="003B2C12"/>
     <w:rsid w:val="003B5778"/>
     <w:rsid w:val="003B57BB"/>
     <w:rsid w:val="003B5A57"/>
     <w:rsid w:val="003C4831"/>
     <w:rsid w:val="003C4C42"/>
     <w:rsid w:val="003D1814"/>
     <w:rsid w:val="003D310E"/>
     <w:rsid w:val="003D3CD8"/>
     <w:rsid w:val="003D438C"/>
@@ -38386,50 +38599,51 @@
     <w:rsid w:val="00464BFA"/>
     <w:rsid w:val="00464D98"/>
     <w:rsid w:val="00465958"/>
     <w:rsid w:val="004660A6"/>
     <w:rsid w:val="00470B57"/>
     <w:rsid w:val="00471ED2"/>
     <w:rsid w:val="0047259F"/>
     <w:rsid w:val="00474704"/>
     <w:rsid w:val="00475521"/>
     <w:rsid w:val="00475D7E"/>
     <w:rsid w:val="00475FEF"/>
     <w:rsid w:val="00477869"/>
     <w:rsid w:val="00480860"/>
     <w:rsid w:val="00480984"/>
     <w:rsid w:val="00480D93"/>
     <w:rsid w:val="00480EFA"/>
     <w:rsid w:val="00481308"/>
     <w:rsid w:val="00481611"/>
     <w:rsid w:val="004833AC"/>
     <w:rsid w:val="00483844"/>
     <w:rsid w:val="004870D5"/>
     <w:rsid w:val="004873B2"/>
     <w:rsid w:val="004873E6"/>
     <w:rsid w:val="004900AC"/>
     <w:rsid w:val="00491871"/>
+    <w:rsid w:val="00491B34"/>
     <w:rsid w:val="00492426"/>
     <w:rsid w:val="00493779"/>
     <w:rsid w:val="0049457F"/>
     <w:rsid w:val="0049487E"/>
     <w:rsid w:val="00494B4F"/>
     <w:rsid w:val="00497E4A"/>
     <w:rsid w:val="004A2292"/>
     <w:rsid w:val="004A3345"/>
     <w:rsid w:val="004A5604"/>
     <w:rsid w:val="004A5701"/>
     <w:rsid w:val="004A583B"/>
     <w:rsid w:val="004A63A7"/>
     <w:rsid w:val="004A655A"/>
     <w:rsid w:val="004A7107"/>
     <w:rsid w:val="004A76F4"/>
     <w:rsid w:val="004B126E"/>
     <w:rsid w:val="004B1FB2"/>
     <w:rsid w:val="004B48A0"/>
     <w:rsid w:val="004B4BF3"/>
     <w:rsid w:val="004B5797"/>
     <w:rsid w:val="004B622B"/>
     <w:rsid w:val="004B7C83"/>
     <w:rsid w:val="004C0180"/>
     <w:rsid w:val="004C047E"/>
     <w:rsid w:val="004C4CC7"/>
@@ -38663,50 +38877,51 @@
     <w:rsid w:val="006B70B3"/>
     <w:rsid w:val="006C2A52"/>
     <w:rsid w:val="006C2D3D"/>
     <w:rsid w:val="006C3B8E"/>
     <w:rsid w:val="006C3F3A"/>
     <w:rsid w:val="006C497B"/>
     <w:rsid w:val="006C4C35"/>
     <w:rsid w:val="006C5369"/>
     <w:rsid w:val="006C6DF0"/>
     <w:rsid w:val="006D0E7B"/>
     <w:rsid w:val="006D126F"/>
     <w:rsid w:val="006D187E"/>
     <w:rsid w:val="006D4021"/>
     <w:rsid w:val="006D681E"/>
     <w:rsid w:val="006E05A9"/>
     <w:rsid w:val="006E1670"/>
     <w:rsid w:val="006E296E"/>
     <w:rsid w:val="006E5E4F"/>
     <w:rsid w:val="006F1CA5"/>
     <w:rsid w:val="006F26CB"/>
     <w:rsid w:val="006F3796"/>
     <w:rsid w:val="006F4204"/>
     <w:rsid w:val="006F6266"/>
     <w:rsid w:val="006F68F7"/>
     <w:rsid w:val="0070253D"/>
+    <w:rsid w:val="00703F00"/>
     <w:rsid w:val="00704F69"/>
     <w:rsid w:val="00707159"/>
     <w:rsid w:val="00707C92"/>
     <w:rsid w:val="00711A02"/>
     <w:rsid w:val="007169F5"/>
     <w:rsid w:val="00717E7B"/>
     <w:rsid w:val="0072408F"/>
     <w:rsid w:val="00724376"/>
     <w:rsid w:val="00724FD7"/>
     <w:rsid w:val="00725468"/>
     <w:rsid w:val="0072600A"/>
     <w:rsid w:val="00726A1A"/>
     <w:rsid w:val="00726CD0"/>
     <w:rsid w:val="00727252"/>
     <w:rsid w:val="007273BB"/>
     <w:rsid w:val="00727E7F"/>
     <w:rsid w:val="0073185B"/>
     <w:rsid w:val="00732727"/>
     <w:rsid w:val="00733A26"/>
     <w:rsid w:val="007348DA"/>
     <w:rsid w:val="007371D0"/>
     <w:rsid w:val="00737BB1"/>
     <w:rsid w:val="0074053B"/>
     <w:rsid w:val="0074073C"/>
     <w:rsid w:val="00742B48"/>
@@ -38953,50 +39168,51 @@
     <w:rsid w:val="0094175A"/>
     <w:rsid w:val="00944911"/>
     <w:rsid w:val="00945369"/>
     <w:rsid w:val="00945B4B"/>
     <w:rsid w:val="00945FBA"/>
     <w:rsid w:val="009503BA"/>
     <w:rsid w:val="00951152"/>
     <w:rsid w:val="0095127B"/>
     <w:rsid w:val="009567FF"/>
     <w:rsid w:val="009568E2"/>
     <w:rsid w:val="00960169"/>
     <w:rsid w:val="00960523"/>
     <w:rsid w:val="00960D03"/>
     <w:rsid w:val="00962371"/>
     <w:rsid w:val="0096261C"/>
     <w:rsid w:val="00963ABD"/>
     <w:rsid w:val="00963C38"/>
     <w:rsid w:val="00964109"/>
     <w:rsid w:val="009642F4"/>
     <w:rsid w:val="009672FC"/>
     <w:rsid w:val="0097065A"/>
     <w:rsid w:val="00972979"/>
     <w:rsid w:val="00973050"/>
     <w:rsid w:val="0097436C"/>
     <w:rsid w:val="0097564E"/>
+    <w:rsid w:val="009775F6"/>
     <w:rsid w:val="009778B9"/>
     <w:rsid w:val="009807BB"/>
     <w:rsid w:val="00981DEE"/>
     <w:rsid w:val="0098201D"/>
     <w:rsid w:val="009829E6"/>
     <w:rsid w:val="0098336F"/>
     <w:rsid w:val="0098460A"/>
     <w:rsid w:val="00984B18"/>
     <w:rsid w:val="00984C4F"/>
     <w:rsid w:val="00987DF6"/>
     <w:rsid w:val="00990243"/>
     <w:rsid w:val="00991717"/>
     <w:rsid w:val="0099241C"/>
     <w:rsid w:val="00993016"/>
     <w:rsid w:val="00993D2C"/>
     <w:rsid w:val="00993E32"/>
     <w:rsid w:val="00994223"/>
     <w:rsid w:val="009955D0"/>
     <w:rsid w:val="00997994"/>
     <w:rsid w:val="009A15F2"/>
     <w:rsid w:val="009A1DC0"/>
     <w:rsid w:val="009A3785"/>
     <w:rsid w:val="009A39A9"/>
     <w:rsid w:val="009A3BEF"/>
     <w:rsid w:val="009B0884"/>
@@ -39149,50 +39365,51 @@
     <w:rsid w:val="00AF2E11"/>
     <w:rsid w:val="00AF337D"/>
     <w:rsid w:val="00AF41C4"/>
     <w:rsid w:val="00AF54D1"/>
     <w:rsid w:val="00AF5C4C"/>
     <w:rsid w:val="00AF5E9A"/>
     <w:rsid w:val="00AF62F1"/>
     <w:rsid w:val="00AF6375"/>
     <w:rsid w:val="00AF6563"/>
     <w:rsid w:val="00AF77BD"/>
     <w:rsid w:val="00AF7819"/>
     <w:rsid w:val="00B010AE"/>
     <w:rsid w:val="00B026E2"/>
     <w:rsid w:val="00B03123"/>
     <w:rsid w:val="00B03506"/>
     <w:rsid w:val="00B04F89"/>
     <w:rsid w:val="00B05D0C"/>
     <w:rsid w:val="00B0666C"/>
     <w:rsid w:val="00B0779C"/>
     <w:rsid w:val="00B1116F"/>
     <w:rsid w:val="00B17844"/>
     <w:rsid w:val="00B20787"/>
     <w:rsid w:val="00B23A56"/>
     <w:rsid w:val="00B24839"/>
     <w:rsid w:val="00B260FF"/>
+    <w:rsid w:val="00B30C7C"/>
     <w:rsid w:val="00B32384"/>
     <w:rsid w:val="00B326C5"/>
     <w:rsid w:val="00B35776"/>
     <w:rsid w:val="00B3600D"/>
     <w:rsid w:val="00B3632E"/>
     <w:rsid w:val="00B36580"/>
     <w:rsid w:val="00B365D7"/>
     <w:rsid w:val="00B366EF"/>
     <w:rsid w:val="00B36C9C"/>
     <w:rsid w:val="00B371C0"/>
     <w:rsid w:val="00B40CB0"/>
     <w:rsid w:val="00B423FB"/>
     <w:rsid w:val="00B42B6B"/>
     <w:rsid w:val="00B4324B"/>
     <w:rsid w:val="00B43EA0"/>
     <w:rsid w:val="00B447DA"/>
     <w:rsid w:val="00B4625B"/>
     <w:rsid w:val="00B46372"/>
     <w:rsid w:val="00B4792D"/>
     <w:rsid w:val="00B51574"/>
     <w:rsid w:val="00B51AD6"/>
     <w:rsid w:val="00B51C0D"/>
     <w:rsid w:val="00B5398D"/>
     <w:rsid w:val="00B558DC"/>
     <w:rsid w:val="00B57D08"/>
@@ -39336,50 +39553,51 @@
     <w:rsid w:val="00CB1F99"/>
     <w:rsid w:val="00CB2855"/>
     <w:rsid w:val="00CB2CFD"/>
     <w:rsid w:val="00CB34E3"/>
     <w:rsid w:val="00CB367F"/>
     <w:rsid w:val="00CB50C8"/>
     <w:rsid w:val="00CB5AE8"/>
     <w:rsid w:val="00CB7739"/>
     <w:rsid w:val="00CB7E49"/>
     <w:rsid w:val="00CC0502"/>
     <w:rsid w:val="00CC4D86"/>
     <w:rsid w:val="00CC7AF5"/>
     <w:rsid w:val="00CD2429"/>
     <w:rsid w:val="00CD33DA"/>
     <w:rsid w:val="00CD36FE"/>
     <w:rsid w:val="00CD5031"/>
     <w:rsid w:val="00CD6EC8"/>
     <w:rsid w:val="00CD711D"/>
     <w:rsid w:val="00CD7EB4"/>
     <w:rsid w:val="00CD7FA7"/>
     <w:rsid w:val="00CE0EC2"/>
     <w:rsid w:val="00CE2CEA"/>
     <w:rsid w:val="00CE2DE4"/>
     <w:rsid w:val="00CE5A08"/>
     <w:rsid w:val="00CE5B97"/>
+    <w:rsid w:val="00CE61E9"/>
     <w:rsid w:val="00CE7705"/>
     <w:rsid w:val="00CE7935"/>
     <w:rsid w:val="00CE7F80"/>
     <w:rsid w:val="00CF0041"/>
     <w:rsid w:val="00CF1408"/>
     <w:rsid w:val="00CF2AE3"/>
     <w:rsid w:val="00CF2B71"/>
     <w:rsid w:val="00CF6A2C"/>
     <w:rsid w:val="00CF7135"/>
     <w:rsid w:val="00CF7C39"/>
     <w:rsid w:val="00D01809"/>
     <w:rsid w:val="00D022DA"/>
     <w:rsid w:val="00D02968"/>
     <w:rsid w:val="00D03272"/>
     <w:rsid w:val="00D04901"/>
     <w:rsid w:val="00D04CBE"/>
     <w:rsid w:val="00D10603"/>
     <w:rsid w:val="00D11169"/>
     <w:rsid w:val="00D13B6A"/>
     <w:rsid w:val="00D1584E"/>
     <w:rsid w:val="00D15949"/>
     <w:rsid w:val="00D15A85"/>
     <w:rsid w:val="00D1755B"/>
     <w:rsid w:val="00D176F0"/>
     <w:rsid w:val="00D2092D"/>
@@ -39464,100 +39682,102 @@
     <w:rsid w:val="00DC0114"/>
     <w:rsid w:val="00DC1541"/>
     <w:rsid w:val="00DC21BF"/>
     <w:rsid w:val="00DC2D51"/>
     <w:rsid w:val="00DC44BB"/>
     <w:rsid w:val="00DC6BC9"/>
     <w:rsid w:val="00DD014F"/>
     <w:rsid w:val="00DD0930"/>
     <w:rsid w:val="00DD131D"/>
     <w:rsid w:val="00DD143E"/>
     <w:rsid w:val="00DD2646"/>
     <w:rsid w:val="00DD30D4"/>
     <w:rsid w:val="00DD3BCE"/>
     <w:rsid w:val="00DD3C9F"/>
     <w:rsid w:val="00DD7DCC"/>
     <w:rsid w:val="00DE25EC"/>
     <w:rsid w:val="00DE45B3"/>
     <w:rsid w:val="00DE5ED4"/>
     <w:rsid w:val="00DE6C17"/>
     <w:rsid w:val="00DE6F9D"/>
     <w:rsid w:val="00DE78CE"/>
     <w:rsid w:val="00DF4722"/>
     <w:rsid w:val="00DF4EF0"/>
     <w:rsid w:val="00DF7212"/>
     <w:rsid w:val="00E00D48"/>
+    <w:rsid w:val="00E026E5"/>
     <w:rsid w:val="00E02A95"/>
     <w:rsid w:val="00E03A0B"/>
     <w:rsid w:val="00E04663"/>
     <w:rsid w:val="00E07CC8"/>
     <w:rsid w:val="00E07EAF"/>
     <w:rsid w:val="00E10908"/>
     <w:rsid w:val="00E1584B"/>
     <w:rsid w:val="00E16CCD"/>
     <w:rsid w:val="00E17610"/>
     <w:rsid w:val="00E2054D"/>
     <w:rsid w:val="00E2160E"/>
     <w:rsid w:val="00E21FF3"/>
     <w:rsid w:val="00E232BC"/>
     <w:rsid w:val="00E25070"/>
     <w:rsid w:val="00E254F3"/>
     <w:rsid w:val="00E26287"/>
     <w:rsid w:val="00E30ABC"/>
     <w:rsid w:val="00E30DBC"/>
     <w:rsid w:val="00E327FB"/>
     <w:rsid w:val="00E333E5"/>
     <w:rsid w:val="00E334A2"/>
     <w:rsid w:val="00E341FC"/>
     <w:rsid w:val="00E34F2D"/>
     <w:rsid w:val="00E35DF8"/>
     <w:rsid w:val="00E3710B"/>
     <w:rsid w:val="00E377FA"/>
     <w:rsid w:val="00E408D5"/>
     <w:rsid w:val="00E42824"/>
     <w:rsid w:val="00E44767"/>
     <w:rsid w:val="00E44A7B"/>
     <w:rsid w:val="00E46662"/>
     <w:rsid w:val="00E47729"/>
     <w:rsid w:val="00E47741"/>
     <w:rsid w:val="00E50A69"/>
     <w:rsid w:val="00E53B86"/>
     <w:rsid w:val="00E54C08"/>
     <w:rsid w:val="00E56B91"/>
     <w:rsid w:val="00E56FB0"/>
     <w:rsid w:val="00E57C1E"/>
     <w:rsid w:val="00E60C79"/>
     <w:rsid w:val="00E60E79"/>
     <w:rsid w:val="00E65B6E"/>
     <w:rsid w:val="00E65C73"/>
     <w:rsid w:val="00E66E98"/>
     <w:rsid w:val="00E70805"/>
     <w:rsid w:val="00E71026"/>
     <w:rsid w:val="00E726AC"/>
     <w:rsid w:val="00E72DC2"/>
     <w:rsid w:val="00E734C6"/>
     <w:rsid w:val="00E75A99"/>
+    <w:rsid w:val="00E80A64"/>
     <w:rsid w:val="00E81339"/>
     <w:rsid w:val="00E81442"/>
     <w:rsid w:val="00E81F69"/>
     <w:rsid w:val="00E82933"/>
     <w:rsid w:val="00E83B25"/>
     <w:rsid w:val="00E84CD3"/>
     <w:rsid w:val="00E84D00"/>
     <w:rsid w:val="00E84D4B"/>
     <w:rsid w:val="00E856D4"/>
     <w:rsid w:val="00E8585D"/>
     <w:rsid w:val="00E86560"/>
     <w:rsid w:val="00E90BF1"/>
     <w:rsid w:val="00E90F08"/>
     <w:rsid w:val="00E91182"/>
     <w:rsid w:val="00E93B6A"/>
     <w:rsid w:val="00E94363"/>
     <w:rsid w:val="00E94F33"/>
     <w:rsid w:val="00E966AC"/>
     <w:rsid w:val="00E96DED"/>
     <w:rsid w:val="00E97691"/>
     <w:rsid w:val="00EA1062"/>
     <w:rsid w:val="00EA3EF7"/>
     <w:rsid w:val="00EA4FD5"/>
     <w:rsid w:val="00EA7476"/>
     <w:rsid w:val="00EA794F"/>
@@ -39682,50 +39902,51 @@
     <w:rsid w:val="00FB6614"/>
     <w:rsid w:val="00FB6C63"/>
     <w:rsid w:val="00FB7D8A"/>
     <w:rsid w:val="00FB7F9E"/>
     <w:rsid w:val="00FC08F2"/>
     <w:rsid w:val="00FC0E88"/>
     <w:rsid w:val="00FC2F97"/>
     <w:rsid w:val="00FC3625"/>
     <w:rsid w:val="00FC5148"/>
     <w:rsid w:val="00FC6943"/>
     <w:rsid w:val="00FC6D1C"/>
     <w:rsid w:val="00FC7258"/>
     <w:rsid w:val="00FC7804"/>
     <w:rsid w:val="00FD101E"/>
     <w:rsid w:val="00FD12B2"/>
     <w:rsid w:val="00FD130A"/>
     <w:rsid w:val="00FD2116"/>
     <w:rsid w:val="00FD2230"/>
     <w:rsid w:val="00FD23FA"/>
     <w:rsid w:val="00FD26E7"/>
     <w:rsid w:val="00FD3816"/>
     <w:rsid w:val="00FD38BA"/>
     <w:rsid w:val="00FD3954"/>
     <w:rsid w:val="00FD3BB3"/>
     <w:rsid w:val="00FD5B0E"/>
+    <w:rsid w:val="00FD5FB3"/>
     <w:rsid w:val="00FE079C"/>
     <w:rsid w:val="00FE2B44"/>
     <w:rsid w:val="00FE2E7D"/>
     <w:rsid w:val="00FE31B7"/>
     <w:rsid w:val="00FE336B"/>
     <w:rsid w:val="00FE5373"/>
     <w:rsid w:val="00FE5AC3"/>
     <w:rsid w:val="00FE5C0A"/>
     <w:rsid w:val="00FE61D3"/>
     <w:rsid w:val="00FF12F6"/>
     <w:rsid w:val="00FF185F"/>
     <w:rsid w:val="00FF269C"/>
     <w:rsid w:val="00FF2DF2"/>
     <w:rsid w:val="00FF2E74"/>
     <w:rsid w:val="00FF7F95"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -43819,51 +44040,51 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2137211912">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2019.104583" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14746/sr.2021.5.3.05" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00913367.2017.1281777" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/13563467.2019.1598964" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s43615-022-00172-y" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2018.07.230" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2015.12.061" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jiec.12603" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.3046" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1504/ijbpscm.2024.140034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2006.12.006" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07488008808408783" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/001316447003000308" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.envdev.2015.09.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/14635771011049326" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iiste.org/Journals/index.php/IEL/article/download/2240/2253" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2020.122558" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18848/2325-1115/cgp/v12i01/25-35" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/jic-06-2017-0079" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.envsoft.2015.06.014" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-80519-7_5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jiec.12977" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecolecon.2017.06.041" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14448/jes.01.0002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4018/978-1-7998-8014-1.ch003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0972150916645678" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/su13168997" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s43615-025-00511-9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/ijlm-04-2018-0109" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2017.10.033" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2017.03.177" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.envdev.2013.04.001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.2069" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.2336" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10018-018-0223-z" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/su12062459" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.rmal.2022.100027" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1745-3992.2007.00099.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.procir.2017.02.047" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23311975.2020.1818408" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2016.03.126" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/ib.2011.34052" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.13140/RG.2.1.3516.8725" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/21582440241240624" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2018.10.027" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.2048" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.wasman.2011.10.004" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/cbo9780511802843" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1467-8551.2006.00500.x" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2015.09.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.techfore.2017.09.010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecolecon.2009.11.002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0033-2909.103.3.411" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/tie.21764" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/ebr-10-2013-0128" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11625-014-0264-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2015.12.042" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2021.128629" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/logistics7010001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijpe.2019.02.011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecolecon.2013.05.016" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2018.01.089" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2020.123421" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.2518" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4324/9780203807644" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.es.26.110195.000245" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.omega.2015.05.015" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/bij-11-2017-0304" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0261-5177(02)00006-7" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.28992/ijsam.v3i2.99" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.rser.2017.01.011" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4337/9781839100598.00026" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00207543.2018.1519264" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.13140/2.1.4786.528" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2753/mtp1069-6679190202" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2017.08.213" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.tre.2021.102509" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0272-6963(98)00021-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/531435a" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/20650323" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2019.104583" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14746/sr.2021.5.3.05" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00913367.2017.1281777" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/13563467.2019.1598964" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s43615-022-00172-y" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2018.07.230" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2015.12.061" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jiec.12603" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.3046" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1504/ijbpscm.2024.140034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2006.12.006" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07488008808408783" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/001316447003000308" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.envdev.2015.09.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/14635771011049326" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2020.122558" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18848/2325-1115/cgp/v12i01/25-35" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-80519-7_5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jiec.12977" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14448/jes.01.0002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4018/978-1-7998-8014-1.ch003" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/su13168997" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s43615-025-00511-9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/ijlm-04-2018-0109" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2017.10.033" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2017.03.177" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.envdev.2013.04.001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.2069" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.2336" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10018-018-0223-z" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/su12062459" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.rmal.2022.100027" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1745-3992.2007.00099.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.procir.2017.02.047" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23311975.2020.1818408" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2016.03.126" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/ib.2011.34052" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.13140/RG.2.1.3516.8725" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/21582440241240624" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resconrec.2018.10.027" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.2048" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.wasman.2011.10.004" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/cbo9780511802843" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1467-8551.2006.00500.x" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2015.09.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.techfore.2017.09.010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecolecon.2009.11.002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0033-2909.103.3.411" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/tie.21764" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/ebr-10-2013-0128" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11625-014-0264-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2015.12.042" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2021.128629" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/logistics7010001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijpe.2019.02.011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecolecon.2013.05.016" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2018.01.089" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2020.123421" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bse.2518" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4324/9780203807644" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.es.26.110195.000245" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.omega.2015.05.015" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/bij-11-2017-0304" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0261-5177(02)00006-7" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.28992/ijsam.v3i2.99" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.rser.2017.01.011" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4337/9781839100598.00026" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00207543.2018.1519264" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.13140/2.1.4786.528" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2753/mtp1069-6679190202" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jclepro.2017.08.213" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.tre.2021.102509" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0272-6963(98)00021-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/531435a" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/20650323" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iiste.org/Journals/index.php/IEL/article/download/2240/2253" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/jic-06-2017-0079" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.envsoft.2015.06.014" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecolecon.2017.06.041" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0972150916645678" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -44104,75 +44325,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF1CC39B-191F-4DA0-8626-C78EC0035E23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>28</Pages>
-  <Words>34076</Words>
-  <Characters>194239</Characters>
+  <Words>34075</Words>
+  <Characters>194232</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1618</Lines>
   <Paragraphs>455</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Newcastle</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>227860</CharactersWithSpaces>
+  <CharactersWithSpaces>227852</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>1704015</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.emeraldinsight.com/search.htm?ct=all&amp;st1=Simon+Lavers&amp;fd1=aut&amp;PHPSESSID=p5t2f4c7prtm8v39n3bojqs5c3</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>327710</vt:i4>
       </vt:variant>
       <vt:variant>